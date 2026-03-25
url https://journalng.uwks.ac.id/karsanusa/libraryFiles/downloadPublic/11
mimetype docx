--- v0 (2025-10-03)
+++ v1 (2026-03-25)
@@ -280,67 +280,57 @@
     <w:p w14:paraId="5703C04E" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">1,2,3 </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Penulis Satu (</w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Afiliasi Penulis Satu (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Departemen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> dan Institusi dalam </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -443,62 +433,52 @@
         <w:t>tiga@email.ac.id (Times New Roman, 9pt)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE98080" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">*Penulis </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>*Penulis Korespondensi</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="54F3AF73" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="001F36A5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="239EBFD9" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
@@ -509,65 +489,56 @@
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C329EFB" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Abstrak</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Abstrak </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">(10pt, cetak </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>tebal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, dan di </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
@@ -577,158 +548,112 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D09D108" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>Abstrak</w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abstrak berbahasa Indonesia diletakkan pada bagian ini. Abstrak </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>memberikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gambaran umum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>tentang</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>berbahasa</w:t>
-[...17 lines deleted...]
-        <w:t>Abstrak</w:t>
+        <w:t>isi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...52 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>paper</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> meliputi latar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>belakang</w:t>
@@ -771,69 +696,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, metode, hasil dan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>kesimpulan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> harus ditulis menggunakan </w:t>
+        <w:t xml:space="preserve">. Abstrak harus ditulis menggunakan </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Font</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Times New Roman 9pt dalam format </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -1147,85 +1054,57 @@
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tebal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, dan di </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tengah</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DF82A87" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Abstrak</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> Inggris diletakkan pada bagian ini. </w:t>
+        <w:t xml:space="preserve">Abstrak berbahasa Inggris diletakkan pada bagian ini. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Gunakan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> font Times New Roman 9pt, italic.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -1836,267 +1715,251 @@
       <w:r>
         <w:t xml:space="preserve"> sebaiknya </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>eksplisit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>menyesuaikan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> isinya. Tidak harus </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>implisit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> dinyatakan sebagai dasar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>teori</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>perancangan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sebagainya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Tinjauan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Pustaka pada </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Pendahuluan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bersifat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> inovatif dan menjelaskan perbedaan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>akan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> dilakukan dengan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>dinyatakan</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Pustaka pada </w:t>
+        <w:t>terkait</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, dimana nantinya </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>akan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>dijabarkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> dalam </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>bab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> “</w:t>
+        <w:t xml:space="preserve"> “Metode Penelitian” yang memuat langkah-langkah </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>analisa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>akan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> dilakukan dalam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> "Hasil dan Pembahasan". Jika </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>akan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> dilakukan merupakan karya asli, dan mengusulkan metode atau algoritma baru, maka </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> tambahan setelah </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> "</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Pendahuluan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">” </w:t>
-[...134 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">" dapat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ditambahkan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> untuk menjelaskan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>secara</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> singkat metode atau algoritma yang </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> sebelum penulis masuk pada </w:t>
+        <w:t xml:space="preserve"> singkat metode atau algoritma yang diusulkan sebelum penulis masuk pada </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>bab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> "Metode Penelitian".</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01AF82B4" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="001F36A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4535E25F" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -2152,59 +2015,51 @@
       <w:r>
         <w:t xml:space="preserve"> rinci (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>sedapat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> mungkin ditulis </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>secara</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>matematis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">) dan menjelaskan metode yang </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">. Pada bagian ini penulis dapat menjelaskan tahapan </w:t>
+        <w:t xml:space="preserve">) dan menjelaskan metode yang diusulkan. Pada bagian ini penulis dapat menjelaskan tahapan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>penelitian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, desain </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>penelitian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, dan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>penelitian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> yang </w:t>
       </w:r>
@@ -2899,964 +2754,906 @@
         <w:tblStyle w:val="a0"/>
         <w:tblW w:w="8460" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2340"/>
         <w:gridCol w:w="821"/>
         <w:gridCol w:w="1159"/>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="2700"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F36A5" w14:paraId="7BD0382A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37126D88" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tugas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5900D239" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Prioritas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F8DAA0E" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Assigned To</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48C18A4A" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43E3235B" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Catatan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F36A5" w14:paraId="1D5CEA16" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E07A8DA" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Desain UI halaman login</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06E5AE4E" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tinggi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="345CAA99" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tim Desain</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62097543" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Selesai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FE488B2" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F36A5" w14:paraId="62EBD9BA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="108D042B" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Implementasi backend login</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CE5A59D" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tinggi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="610F3028" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tim Backend</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EB74A3F" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sedang dikerjakan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78A812F3" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Perlu </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>integrasi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> dengan database</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F36A5" w14:paraId="00456702" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D0CB2AE" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Desain UI halaman registrasi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B2F6539" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sedang</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="244B1566" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tim Desain</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F80ADCA" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Selesai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36980004" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F36A5" w14:paraId="49E610BB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="018D6B22" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Implementasi backend registrasi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29539BB2" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tinggi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0788C130" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tim Backend</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24680C1B" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Belum dimulai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46A52E17" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F36A5" w14:paraId="06C57D19" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A1CB0C0" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Testing </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> login</w:t>
+              <w:t>Testing fitur login</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59B56EEB" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Rendah</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="206D1DEA" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tim QA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15216D1B" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Belum dimulai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E636925" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Dijadwalkan</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> setelah implementasi selesai</w:t>
+              <w:t>Dijadwalkan setelah implementasi selesai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="615CD496" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="001F36A5">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41547AA6" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="001F36A5">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60F20B51" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Persamaan</w:t>
       </w:r>
@@ -4745,55 +4542,63 @@
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>conditional</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="649E2641" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ucapan terima </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ucapan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> terima </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>kasih</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> dapat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>diberikan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -4819,51 +4624,65 @@
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ataupun</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>menghapusnya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Ucapan terima </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ucapan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> terima </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>kasih</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> hanya </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>diperuntukkan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -5879,57 +5698,67 @@
     </w:p>
     <w:p w14:paraId="1E8F36BD" w14:textId="4EF5261C" w:rsidR="001F36A5" w:rsidRDefault="005C190B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Catatan untuk Internet:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7733B2E5" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hindari mengambil sumber </w:t>
+        <w:t>Hindari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mengambil sumber </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>dari</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> internet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1562EAEA" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="001F36A5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -6116,58 +5945,58 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001F36A5">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="1701" w:left="1701" w:header="46" w:footer="850" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41E7938F" w14:textId="77777777" w:rsidR="00823A9C" w:rsidRDefault="00823A9C">
+    <w:p w14:paraId="12C2565B" w14:textId="77777777" w:rsidR="00061D0F" w:rsidRDefault="00061D0F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7129058D" w14:textId="77777777" w:rsidR="00823A9C" w:rsidRDefault="00823A9C">
+    <w:p w14:paraId="39ACC766" w14:textId="77777777" w:rsidR="00061D0F" w:rsidRDefault="00061D0F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
@@ -6175,131 +6004,131 @@
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BatangChe">
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{0717230B-EE0F-42E5-9AC0-ACF67BEB8878}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{31B6D033-5EB8-4726-8F6E-0B1DFA947B12}"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{927D469A-E2AC-4F85-AE33-429FF25A1AF5}"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{FCD6BC52-AFBC-4B24-BC94-2B3EB2B7B292}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{2EF2C5EB-C2EC-4101-BB8F-89A29BEBFB61}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{EB7EDCA4-D547-4EBC-BF25-531EDD40EC8D}"/>
   </w:font>
   <w:font w:name="Traditional Arabic">
     <w:charset w:val="B2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{7E32ADF2-E837-49BC-A274-FFC3C9858269}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{404CBE65-63B5-44EC-A90F-3210D9893238}"/>
   </w:font>
   <w:font w:name="Palatino">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{63A97EB1-4AD6-45FC-9D7E-22794238EC3B}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{C938A88C-BF51-4B5D-8E9F-E5B26D4DA5A9}"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{AB370B2D-770E-45F2-9C6D-B2D50A19D77E}"/>
-    <w:embedItalic r:id="rId7" w:fontKey="{82E38F09-1752-4F81-A5D4-4A17178D95F0}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{E6577A09-2FF4-43CF-BE1D-447699E89E54}"/>
+    <w:embedItalic r:id="rId7" w:fontKey="{8C5E2E06-0DE0-4A63-A3F4-F39637A6B8FB}"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId8" w:fontKey="{207B508A-7988-4D0C-8093-770838F42B39}"/>
-    <w:embedItalic r:id="rId9" w:fontKey="{3FF256E3-A6B3-4ECA-8BE9-5ED47F289758}"/>
+    <w:embedRegular r:id="rId8" w:fontKey="{503B383C-A134-4AAB-95FB-AE46A20E89BE}"/>
+    <w:embedItalic r:id="rId9" w:fontKey="{7C2368F6-BE38-4B07-85D1-79112F0FCB91}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId10" w:fontKey="{A6A82953-2E8B-480E-AC74-EEDA6F603928}"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{CEC66CEB-1759-45D9-94DA-2348DA3987F1}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="39E8D8E5" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -6438,58 +6267,58 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="287742BD" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="001F36A5">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E88DD25" w14:textId="77777777" w:rsidR="00823A9C" w:rsidRDefault="00823A9C">
+    <w:p w14:paraId="7976DD74" w14:textId="77777777" w:rsidR="00061D0F" w:rsidRDefault="00061D0F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20C23018" w14:textId="77777777" w:rsidR="00823A9C" w:rsidRDefault="00823A9C">
+    <w:p w14:paraId="7685EAD1" w14:textId="77777777" w:rsidR="00061D0F" w:rsidRDefault="00061D0F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4C3A799E" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:i/>
@@ -6668,61 +6497,51 @@
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
               <w:between w:val="nil"/>
             </w:pBdr>
             <w:tabs>
               <w:tab w:val="right" w:pos="8505"/>
             </w:tabs>
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:color w:val="6C2826"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:color w:val="6C2826"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t xml:space="preserve">Prosiding </w:t>
-[...9 lines deleted...]
-            <w:t xml:space="preserve">Seminar Nasional </w:t>
+            <w:t xml:space="preserve">Prosiding Seminar Nasional </w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="7B4C4738" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pBdr>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
               <w:between w:val="nil"/>
             </w:pBdr>
             <w:tabs>
               <w:tab w:val="right" w:pos="8505"/>
             </w:tabs>
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:color w:val="6C2826"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
@@ -6751,105 +6570,100 @@
               <w:color w:val="6C2826"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:color w:val="6C2826"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Kolaborasi Rekayasa dan Sains Nasional untuk Teknologi, Riset, dan Kecerdasan Buatan</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1756" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="24" w:space="0" w:color="6C2826"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="377DFAA3" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="00000000">
+        <w:p w14:paraId="377DFAA3" w14:textId="5B613ECE" w:rsidR="001F36A5" w:rsidRDefault="00BA3A1B">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:pos="8505"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:i/>
               <w:color w:val="6C2826"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:i/>
               <w:noProof/>
               <w:color w:val="6C2826"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="016375FF" wp14:editId="4A057C42">
-[...3 lines deleted...]
-                <wp:cNvGraphicFramePr/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CB34352" wp14:editId="4BF63DD0">
+                <wp:extent cx="969010" cy="969010"/>
+                <wp:effectExtent l="0" t="0" r="2540" b="0"/>
+                <wp:docPr id="1767890994" name="Picture 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="248349227" name="image2.png"/>
-                        <pic:cNvPicPr preferRelativeResize="0"/>
+                        <pic:cNvPr id="1767890994" name="Picture 1767890994"/>
+                        <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId1">
-[...5 lines deleted...]
-                        </a:blip>
+                        <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1003635" cy="827386"/>
+                          <a:ext cx="969010" cy="969010"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:ln/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3371" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="24" w:space="0" w:color="6C2826"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="77051F45" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="001F36A5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:pos="8505"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
@@ -6923,93 +6737,123 @@
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:color w:val="6C2826"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>ISSN</w:t>
           </w:r>
           <w:r w:rsidR="00C91935">
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:color w:val="6C2826"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> 3090-1154 (Media Online)</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="65BEA2A5" w14:textId="5736B779" w:rsidR="001F36A5" w:rsidRDefault="00C91935">
+        <w:p w14:paraId="65BEA2A5" w14:textId="7EA1F1E0" w:rsidR="001F36A5" w:rsidRDefault="00C91935">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:pos="8505"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:color w:val="6C2826"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:color w:val="6C2826"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t xml:space="preserve">Volume 2, Tahun </w:t>
+            <w:t xml:space="preserve">Volume </w:t>
           </w:r>
-          <w:r w:rsidR="00000000">
+          <w:r w:rsidR="00BA3A1B">
+            <w:rPr>
+              <w:b/>
+              <w:i/>
+              <w:color w:val="6C2826"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>3</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:i/>
+              <w:color w:val="6C2826"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, </w:t>
+          </w:r>
+          <w:r w:rsidR="00BA3A1B">
+            <w:rPr>
+              <w:b/>
+              <w:i/>
+              <w:color w:val="6C2826"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Bulan September, Tahun </w:t>
+          </w:r>
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:color w:val="6C2826"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>202</w:t>
           </w:r>
-          <w:r w:rsidR="009E2B45">
+          <w:r w:rsidR="00BA3A1B">
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:color w:val="6C2826"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="5D727067" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="001F36A5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:pos="8505"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:i/>
               <w:color w:val="6C2826"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1391E115" w14:textId="77777777" w:rsidR="001F36A5" w:rsidRDefault="001F36A5">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
@@ -8197,105 +8041,112 @@
   </w:num>
   <w:num w:numId="8" w16cid:durableId="508758392">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1386879175">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1270510167">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1381589414">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa2MDG1MDQ1NjUwMjc0sDRR0lEKTi0uzszPAykwqgUAPdveeSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="001F36A5"/>
+    <w:rsid w:val="00027D41"/>
+    <w:rsid w:val="00061D0F"/>
     <w:rsid w:val="000F2421"/>
     <w:rsid w:val="001F36A5"/>
     <w:rsid w:val="004A33E9"/>
+    <w:rsid w:val="004C7A9B"/>
     <w:rsid w:val="005C190B"/>
     <w:rsid w:val="006928A4"/>
     <w:rsid w:val="00823A9C"/>
     <w:rsid w:val="009E2B45"/>
     <w:rsid w:val="009F6853"/>
     <w:rsid w:val="00A456B3"/>
     <w:rsid w:val="00B530A7"/>
+    <w:rsid w:val="00BA3A1B"/>
     <w:rsid w:val="00C91935"/>
     <w:rsid w:val="00CF1097"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="id-ID"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3005739A"/>
   <w15:docId w15:val="{E917C58E-321F-4EBE-9E1B-2B2E414D0AF9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="id-ID" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>